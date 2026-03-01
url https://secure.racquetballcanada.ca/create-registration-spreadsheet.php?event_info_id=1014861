--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -9,122 +9,116 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
-[...4 lines deleted...]
-    <t>Male</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+  <si>
+    <t>REMARQUE : NE MODIFIEZ PAS LES DONNÉES CACHÉES DANS LA LIGNE #2 OU ELLES NE SE CHARGERONT PAS.</t>
   </si>
   <si>
     <t>Alberta Racquetball</t>
   </si>
   <si>
-    <t>4:30pm-5:15pm</t>
+    <t>Général</t>
   </si>
   <si>
     <t>1014861:typeValue:101</t>
   </si>
   <si>
     <t>1014861:typeValue:102</t>
   </si>
   <si>
     <t>1014861:typeValue:103</t>
   </si>
   <si>
     <t>1014861:typeValue:104</t>
   </si>
   <si>
     <t>1014861:typeValue:105</t>
   </si>
   <si>
     <t>1014861:typeValue:107</t>
   </si>
   <si>
     <t>1014861:typeValue:106</t>
   </si>
   <si>
     <t>1014861:reg_event:1</t>
   </si>
   <si>
     <t>1014861:reg_event:2</t>
   </si>
   <si>
-    <t>Female</t>
-[...1 lines deleted...]
-  <si>
     <t>AR Kaufman YMCA</t>
   </si>
   <si>
     <t>5:15pm-6pm</t>
   </si>
   <si>
-    <t>Event Registration - Racquetball BC Badge Program Fridays, 4pm-530pm, Ages 8 - 17</t>
+    <t>Inscription à l'événement - Racquetball BC Badge Program Fridays, 4pm-530pm, Ages 8 - 17</t>
   </si>
   <si>
     <t>Barrie YMCA</t>
   </si>
   <si>
     <t>Racquetball Canada #</t>
   </si>
   <si>
-    <t>First Name</t>
-[...11 lines deleted...]
-    <t>Hometown</t>
+    <t>Prénom</t>
+  </si>
+  <si>
+    <t>Nom</t>
+  </si>
+  <si>
+    <t>Sexe</t>
+  </si>
+  <si>
+    <t>Date de naissance (YYYY-MM-DD)</t>
+  </si>
+  <si>
+    <t>Lieu de résidence</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Division #1</t>
   </si>
   <si>
     <t>Division #2</t>
   </si>
   <si>
     <t>Base Borden Rec Centre</t>
   </si>
   <si>
     <t>Bob MacQuarrie Recreation Complex</t>
   </si>
   <si>
     <t>Brandon Racquetball Association</t>
   </si>
   <si>
     <t>Brandon's Community Sportsplex</t>
   </si>
   <si>
     <t>Burlington YMCA</t>
   </si>
@@ -409,58 +403,55 @@
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFcccccc"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="49" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -732,3627 +723,798 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:DC1000"/>
+  <dimension ref="A1:DB89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:CZ4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="1" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" bestFit="true" customWidth="true" style="0"/>
-    <col min="105" max="105" width="8" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="31" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="36" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="51" bestFit="true" customWidth="true" style="0"/>
-    <col min="107" max="107" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="105" max="105" width="51" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="23" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:107" hidden="true" outlineLevel="1">
+    <row r="1" spans="1:106" hidden="true" outlineLevel="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="DA1" t="s">
         <v>1</v>
       </c>
       <c r="DB1" t="s">
         <v>2</v>
       </c>
-      <c r="DC1" t="s">
+    </row>
+    <row r="2" spans="1:106" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2" t="s">
         <v>3</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>4</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>5</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>6</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>7</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>8</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>9</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>10</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>11</v>
       </c>
-      <c r="I2" t="s">
+      <c r="DA2" t="s">
         <v>12</v>
       </c>
-      <c r="DA2" t="s">
+      <c r="DB2" t="s">
         <v>13</v>
       </c>
-      <c r="DB2" t="s">
+    </row>
+    <row r="3" spans="1:106">
+      <c r="A3" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="DC2" t="s">
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="2"/>
+      <c r="J3" s="2"/>
+      <c r="K3" s="2"/>
+      <c r="L3" s="2"/>
+      <c r="M3" s="2"/>
+      <c r="N3" s="2"/>
+      <c r="O3" s="2"/>
+      <c r="P3" s="2"/>
+      <c r="Q3" s="2"/>
+      <c r="R3" s="2"/>
+      <c r="S3" s="2"/>
+      <c r="T3" s="2"/>
+      <c r="U3" s="2"/>
+      <c r="V3" s="2"/>
+      <c r="W3" s="2"/>
+      <c r="X3" s="2"/>
+      <c r="Y3" s="2"/>
+      <c r="Z3" s="2"/>
+      <c r="AA3" s="2"/>
+      <c r="AB3" s="2"/>
+      <c r="AC3" s="2"/>
+      <c r="AD3" s="2"/>
+      <c r="AE3" s="2"/>
+      <c r="AF3" s="2"/>
+      <c r="AG3" s="2"/>
+      <c r="AH3" s="2"/>
+      <c r="AI3" s="2"/>
+      <c r="AJ3" s="2"/>
+      <c r="AK3" s="2"/>
+      <c r="AL3" s="2"/>
+      <c r="AM3" s="2"/>
+      <c r="AN3" s="2"/>
+      <c r="AO3" s="2"/>
+      <c r="AP3" s="2"/>
+      <c r="AQ3" s="2"/>
+      <c r="AR3" s="2"/>
+      <c r="AS3" s="2"/>
+      <c r="AT3" s="2"/>
+      <c r="AU3" s="2"/>
+      <c r="AV3" s="2"/>
+      <c r="AW3" s="2"/>
+      <c r="AX3" s="2"/>
+      <c r="AY3" s="2"/>
+      <c r="AZ3" s="2"/>
+      <c r="BA3" s="2"/>
+      <c r="BB3" s="2"/>
+      <c r="BC3" s="2"/>
+      <c r="BD3" s="2"/>
+      <c r="BE3" s="2"/>
+      <c r="BF3" s="2"/>
+      <c r="BG3" s="2"/>
+      <c r="BH3" s="2"/>
+      <c r="BI3" s="2"/>
+      <c r="BJ3" s="2"/>
+      <c r="BK3" s="2"/>
+      <c r="BL3" s="2"/>
+      <c r="BM3" s="2"/>
+      <c r="BN3" s="2"/>
+      <c r="BO3" s="2"/>
+      <c r="BP3" s="2"/>
+      <c r="BQ3" s="2"/>
+      <c r="BR3" s="2"/>
+      <c r="BS3" s="2"/>
+      <c r="BT3" s="2"/>
+      <c r="BU3" s="2"/>
+      <c r="BV3" s="2"/>
+      <c r="BW3" s="2"/>
+      <c r="BX3" s="2"/>
+      <c r="BY3" s="2"/>
+      <c r="BZ3" s="2"/>
+      <c r="CA3" s="2"/>
+      <c r="CB3" s="2"/>
+      <c r="CC3" s="2"/>
+      <c r="CD3" s="2"/>
+      <c r="CE3" s="2"/>
+      <c r="CF3" s="2"/>
+      <c r="CG3" s="2"/>
+      <c r="CH3" s="2"/>
+      <c r="CI3" s="2"/>
+      <c r="CJ3" s="2"/>
+      <c r="CK3" s="2"/>
+      <c r="CL3" s="2"/>
+      <c r="CM3" s="2"/>
+      <c r="CN3" s="2"/>
+      <c r="CO3" s="2"/>
+      <c r="CP3" s="2"/>
+      <c r="CQ3" s="2"/>
+      <c r="CR3" s="2"/>
+      <c r="CS3" s="2"/>
+      <c r="CT3" s="2"/>
+      <c r="CU3" s="2"/>
+      <c r="CV3" s="2"/>
+      <c r="CW3" s="2"/>
+      <c r="CX3" s="2"/>
+      <c r="CY3" s="2"/>
+      <c r="CZ3" s="2"/>
+      <c r="DA3" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3" spans="1:107">
-      <c r="A3" s="3" t="s">
+    <row r="4" spans="1:106">
+      <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" s="3"/>
-[...102 lines deleted...]
-      <c r="DB3" t="s">
+      <c r="B4" s="3" t="s">
         <v>17</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="D4" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="E4" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="F4" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="E4" s="4" t="s">
+      <c r="G4" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="F4" s="4" t="s">
+      <c r="H4" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="G4" s="4" t="s">
+      <c r="I4" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="H4" s="4" t="s">
+      <c r="J4" s="3"/>
+      <c r="K4" s="3"/>
+      <c r="L4" s="3"/>
+      <c r="M4" s="3"/>
+      <c r="N4" s="3"/>
+      <c r="O4" s="3"/>
+      <c r="P4" s="3"/>
+      <c r="Q4" s="3"/>
+      <c r="R4" s="3"/>
+      <c r="S4" s="3"/>
+      <c r="T4" s="3"/>
+      <c r="U4" s="3"/>
+      <c r="V4" s="3"/>
+      <c r="W4" s="3"/>
+      <c r="X4" s="3"/>
+      <c r="Y4" s="3"/>
+      <c r="Z4" s="3"/>
+      <c r="AA4" s="3"/>
+      <c r="AB4" s="3"/>
+      <c r="AC4" s="3"/>
+      <c r="AD4" s="3"/>
+      <c r="AE4" s="3"/>
+      <c r="AF4" s="3"/>
+      <c r="AG4" s="3"/>
+      <c r="AH4" s="3"/>
+      <c r="AI4" s="3"/>
+      <c r="AJ4" s="3"/>
+      <c r="AK4" s="3"/>
+      <c r="AL4" s="3"/>
+      <c r="AM4" s="3"/>
+      <c r="AN4" s="3"/>
+      <c r="AO4" s="3"/>
+      <c r="AP4" s="3"/>
+      <c r="AQ4" s="3"/>
+      <c r="AR4" s="3"/>
+      <c r="AS4" s="3"/>
+      <c r="AT4" s="3"/>
+      <c r="AU4" s="3"/>
+      <c r="AV4" s="3"/>
+      <c r="AW4" s="3"/>
+      <c r="AX4" s="3"/>
+      <c r="AY4" s="3"/>
+      <c r="AZ4" s="3"/>
+      <c r="BA4" s="3"/>
+      <c r="BB4" s="3"/>
+      <c r="BC4" s="3"/>
+      <c r="BD4" s="3"/>
+      <c r="BE4" s="3"/>
+      <c r="BF4" s="3"/>
+      <c r="BG4" s="3"/>
+      <c r="BH4" s="3"/>
+      <c r="BI4" s="3"/>
+      <c r="BJ4" s="3"/>
+      <c r="BK4" s="3"/>
+      <c r="BL4" s="3"/>
+      <c r="BM4" s="3"/>
+      <c r="BN4" s="3"/>
+      <c r="BO4" s="3"/>
+      <c r="BP4" s="3"/>
+      <c r="BQ4" s="3"/>
+      <c r="BR4" s="3"/>
+      <c r="BS4" s="3"/>
+      <c r="BT4" s="3"/>
+      <c r="BU4" s="3"/>
+      <c r="BV4" s="3"/>
+      <c r="BW4" s="3"/>
+      <c r="BX4" s="3"/>
+      <c r="BY4" s="3"/>
+      <c r="BZ4" s="3"/>
+      <c r="CA4" s="3"/>
+      <c r="CB4" s="3"/>
+      <c r="CC4" s="3"/>
+      <c r="CD4" s="3"/>
+      <c r="CE4" s="3"/>
+      <c r="CF4" s="3"/>
+      <c r="CG4" s="3"/>
+      <c r="CH4" s="3"/>
+      <c r="CI4" s="3"/>
+      <c r="CJ4" s="3"/>
+      <c r="CK4" s="3"/>
+      <c r="CL4" s="3"/>
+      <c r="CM4" s="3"/>
+      <c r="CN4" s="3"/>
+      <c r="CO4" s="3"/>
+      <c r="CP4" s="3"/>
+      <c r="CQ4" s="3"/>
+      <c r="CR4" s="3"/>
+      <c r="CS4" s="3"/>
+      <c r="CT4" s="3"/>
+      <c r="CU4" s="3"/>
+      <c r="CV4" s="3"/>
+      <c r="CW4" s="3"/>
+      <c r="CX4" s="3"/>
+      <c r="CY4" s="3"/>
+      <c r="CZ4" s="3"/>
+      <c r="DA4" t="s">
         <v>25</v>
       </c>
-      <c r="I4" s="4" t="s">
-[...103 lines deleted...]
-      <c r="E5" s="2"/>
+    </row>
+    <row r="5" spans="1:106">
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
-      <c r="DB5" t="s">
+      <c r="DA5" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="6" spans="1:106">
+      <c r="DA6" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:106">
+      <c r="DA7" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="6" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB6" t="s">
+    <row r="8" spans="1:106">
+      <c r="DA8" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="7" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB7" t="s">
+    <row r="9" spans="1:106">
+      <c r="DA9" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="8" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB8" t="s">
+    <row r="10" spans="1:106">
+      <c r="DA10" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="9" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB9" t="s">
+    <row r="11" spans="1:106">
+      <c r="DA11" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="10" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB10" t="s">
+    <row r="12" spans="1:106">
+      <c r="DA12" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="11" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB11" t="s">
+    <row r="13" spans="1:106">
+      <c r="DA13" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="12" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB12" t="s">
+    <row r="14" spans="1:106">
+      <c r="DA14" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="13" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB13" t="s">
+    <row r="15" spans="1:106">
+      <c r="DA15" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="14" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB14" t="s">
+    <row r="16" spans="1:106">
+      <c r="DA16" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="15" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB15" t="s">
+    <row r="17" spans="1:106">
+      <c r="DA17" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="16" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB16" t="s">
+    <row r="18" spans="1:106">
+      <c r="DA18" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="17" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB17" t="s">
+    <row r="19" spans="1:106">
+      <c r="DA19" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="18" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB18" t="s">
+    <row r="20" spans="1:106">
+      <c r="DA20" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="19" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB19" t="s">
+    <row r="21" spans="1:106">
+      <c r="DA21" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="20" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB20" t="s">
+    <row r="22" spans="1:106">
+      <c r="DA22" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="21" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB21" t="s">
+    <row r="23" spans="1:106">
+      <c r="DA23" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="22" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB22" t="s">
+    <row r="24" spans="1:106">
+      <c r="DA24" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="23" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB23" t="s">
+    <row r="25" spans="1:106">
+      <c r="DA25" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="24" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB24" t="s">
+    <row r="26" spans="1:106">
+      <c r="DA26" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="25" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB25" t="s">
+    <row r="27" spans="1:106">
+      <c r="DA27" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="26" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB26" t="s">
+    <row r="28" spans="1:106">
+      <c r="DA28" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="27" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB27" t="s">
+    <row r="29" spans="1:106">
+      <c r="DA29" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="28" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB28" t="s">
+    <row r="30" spans="1:106">
+      <c r="DA30" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="29" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB29" t="s">
+    <row r="31" spans="1:106">
+      <c r="DA31" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="30" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB30" t="s">
+    <row r="32" spans="1:106">
+      <c r="DA32" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="31" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB31" t="s">
+    <row r="33" spans="1:106">
+      <c r="DA33" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="32" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB32" t="s">
+    <row r="34" spans="1:106">
+      <c r="DA34" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="33" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB33" t="s">
+    <row r="35" spans="1:106">
+      <c r="DA35" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="34" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB34" t="s">
+    <row r="36" spans="1:106">
+      <c r="DA36" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="35" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB35" t="s">
+    <row r="37" spans="1:106">
+      <c r="DA37" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="36" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB36" t="s">
+    <row r="38" spans="1:106">
+      <c r="DA38" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="37" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB37" t="s">
+    <row r="39" spans="1:106">
+      <c r="DA39" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="38" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB38" t="s">
+    <row r="40" spans="1:106">
+      <c r="DA40" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="39" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB39" t="s">
+    <row r="41" spans="1:106">
+      <c r="DA41" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="40" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB40" t="s">
+    <row r="42" spans="1:106">
+      <c r="DA42" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="41" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB41" t="s">
+    <row r="43" spans="1:106">
+      <c r="DA43" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="42" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB42" t="s">
+    <row r="44" spans="1:106">
+      <c r="DA44" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="43" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB43" t="s">
+    <row r="45" spans="1:106">
+      <c r="DA45" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="44" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB44" t="s">
+    <row r="46" spans="1:106">
+      <c r="DA46" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="45" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB45" t="s">
+    <row r="47" spans="1:106">
+      <c r="DA47" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="46" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB46" t="s">
+    <row r="48" spans="1:106">
+      <c r="DA48" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="47" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB47" t="s">
+    <row r="49" spans="1:106">
+      <c r="DA49" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="48" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB48" t="s">
+    <row r="50" spans="1:106">
+      <c r="DA50" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="49" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB49" t="s">
+    <row r="51" spans="1:106">
+      <c r="DA51" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="50" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB50" t="s">
+    <row r="52" spans="1:106">
+      <c r="DA52" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="51" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB51" t="s">
+    <row r="53" spans="1:106">
+      <c r="DA53" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="52" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB52" t="s">
+    <row r="54" spans="1:106">
+      <c r="DA54" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="53" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB53" t="s">
+    <row r="55" spans="1:106">
+      <c r="DA55" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="54" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB54" t="s">
+    <row r="56" spans="1:106">
+      <c r="DA56" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="55" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB55" t="s">
+    <row r="57" spans="1:106">
+      <c r="DA57" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="56" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB56" t="s">
+    <row r="58" spans="1:106">
+      <c r="DA58" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="57" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB57" t="s">
+    <row r="59" spans="1:106">
+      <c r="DA59" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="58" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB58" t="s">
+    <row r="60" spans="1:106">
+      <c r="DA60" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="59" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB59" t="s">
+    <row r="61" spans="1:106">
+      <c r="DA61" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="60" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB60" t="s">
+    <row r="62" spans="1:106">
+      <c r="DA62" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="61" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB61" t="s">
+    <row r="63" spans="1:106">
+      <c r="DA63" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="62" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB62" t="s">
+    <row r="64" spans="1:106">
+      <c r="DA64" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="63" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB63" t="s">
+    <row r="65" spans="1:106">
+      <c r="DA65" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="64" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB64" t="s">
+    <row r="66" spans="1:106">
+      <c r="DA66" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="65" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB65" t="s">
+    <row r="67" spans="1:106">
+      <c r="DA67" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="66" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB66" t="s">
+    <row r="68" spans="1:106">
+      <c r="DA68" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="67" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB67" t="s">
+    <row r="69" spans="1:106">
+      <c r="DA69" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="68" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB68" t="s">
+    <row r="70" spans="1:106">
+      <c r="DA70" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="69" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB69" t="s">
+    <row r="71" spans="1:106">
+      <c r="DA71" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="70" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB70" t="s">
+    <row r="72" spans="1:106">
+      <c r="DA72" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="71" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB71" t="s">
+    <row r="73" spans="1:106">
+      <c r="DA73" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="72" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB72" t="s">
+    <row r="74" spans="1:106">
+      <c r="DA74" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="73" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB73" t="s">
+    <row r="75" spans="1:106">
+      <c r="DA75" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="74" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB74" t="s">
+    <row r="76" spans="1:106">
+      <c r="DA76" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="75" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB75" t="s">
+    <row r="77" spans="1:106">
+      <c r="DA77" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="76" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB76" t="s">
+    <row r="78" spans="1:106">
+      <c r="DA78" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="77" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB77" t="s">
+    <row r="79" spans="1:106">
+      <c r="DA79" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="78" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB78" t="s">
+    <row r="80" spans="1:106">
+      <c r="DA80" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="79" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB79" t="s">
+    <row r="81" spans="1:106">
+      <c r="DA81" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="80" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB80" t="s">
+    <row r="82" spans="1:106">
+      <c r="DA82" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="81" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB81" t="s">
+    <row r="83" spans="1:106">
+      <c r="DA83" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="82" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB82" t="s">
+    <row r="84" spans="1:106">
+      <c r="DA84" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="83" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB83" t="s">
+    <row r="85" spans="1:106">
+      <c r="DA85" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="84" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB84" t="s">
+    <row r="86" spans="1:106">
+      <c r="DA86" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="85" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB85" t="s">
+    <row r="87" spans="1:106">
+      <c r="DA87" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="86" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB86" t="s">
+    <row r="88" spans="1:106">
+      <c r="DA88" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="87" spans="1:107">
-[...1 lines deleted...]
-      <c r="DB87" t="s">
+    <row r="89" spans="1:106">
+      <c r="DA89" t="s">
         <v>110</v>
       </c>
-    </row>
-[...2743 lines deleted...]
-      <c r="E1000" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
-  <dataValidations count="4">
-[...2 lines deleted...]
-    </dataValidation>
+  <dataValidations count="3">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="G5:G1000">
-      <formula1>'Worksheet'!$DB$1:$DB$89</formula1>
+      <formula1>'Worksheet'!$DA$1:$DA$89</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="H5:H1000">
-      <formula1>'Worksheet'!$DC$1:$DC$2</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="I5:I1000">
-      <formula1>'Worksheet'!$DC$1:$DC$2</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$2</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>